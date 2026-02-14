--- v0 (2025-12-18)
+++ v1 (2026-02-14)
@@ -162,82 +162,166 @@
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SUM</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kinas ir videomenas</t>
+      <t xml:space="preserve">Antropologija</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Visi</t>
     </r>
   </si>
   <si>
     <t>---</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Individualus asmuo</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="false"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Architektūra</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="false"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Dailė</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="false"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Filosofija</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="false"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Fotografija</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="false"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Istorija</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="false"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Kinas ir videomenas</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Kita</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
@@ -320,134 +404,50 @@
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Teatras</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Teologija</t>
-    </r>
-[...82 lines deleted...]
-      <t xml:space="preserve">Istorija</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Visos</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
@@ -1181,256 +1181,256 @@
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Vyrai</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:17">
       <c r="A10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kinas ir videomenas</t>
+            <t xml:space="preserve">Antropologija</t>
           </r>
         </is>
       </c>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visi</t>
           </r>
         </is>
       </c>
       <c r="C10" s="6">
         <v>1.0</v>
       </c>
-      <c r="D10" s="6">
-[...3 lines deleted...]
-        <v>15</v>
+      <c r="D10" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" s="6">
+        <v>1.0</v>
       </c>
       <c r="F10" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G10" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H10" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="I10" s="6">
-[...3 lines deleted...]
-        <v>1.0</v>
+      <c r="I10" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="J10" s="6" t="s">
+        <v>15</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>15</v>
       </c>
       <c r="L10" s="6" t="s">
         <v>15</v>
       </c>
       <c r="M10" s="6" t="s">
         <v>15</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>15</v>
       </c>
       <c r="O10" s="6">
-        <v>17.0</v>
-[...2 lines deleted...]
-        <v>3.0</v>
+        <v>1.0</v>
+      </c>
+      <c r="P10" s="6" t="s">
+        <v>15</v>
       </c>
       <c r="Q10" s="6">
-        <v>14.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="11" spans="1:17">
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Individualus asmuo</t>
           </r>
         </is>
       </c>
       <c r="C11" s="6">
         <v>1.0</v>
       </c>
-      <c r="D11" s="6">
-[...3 lines deleted...]
-        <v>15</v>
+      <c r="D11" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" s="6">
+        <v>1.0</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>15</v>
       </c>
       <c r="I11" s="6" t="s">
         <v>15</v>
       </c>
       <c r="J11" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>15</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>15</v>
       </c>
       <c r="M11" s="6" t="s">
         <v>15</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>15</v>
       </c>
       <c r="O11" s="6">
-        <v>16.0</v>
-[...2 lines deleted...]
-        <v>2.0</v>
+        <v>1.0</v>
+      </c>
+      <c r="P11" s="6" t="s">
+        <v>15</v>
       </c>
       <c r="Q11" s="6">
-        <v>14.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="12" spans="1:17">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kita</t>
+            <t xml:space="preserve">Architektūra</t>
           </r>
         </is>
       </c>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visi</t>
           </r>
         </is>
       </c>
       <c r="C12" s="6" t="s">
         <v>15</v>
       </c>
       <c r="D12" s="6" t="s">
         <v>15</v>
       </c>
       <c r="E12" s="6" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G12" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H12" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="I12" s="6">
-[...3 lines deleted...]
-        <v>1.0</v>
+      <c r="I12" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="J12" s="6" t="s">
+        <v>15</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>15</v>
       </c>
       <c r="L12" s="6" t="s">
         <v>15</v>
       </c>
       <c r="M12" s="6" t="s">
         <v>15</v>
       </c>
       <c r="N12" s="6" t="s">
         <v>15</v>
       </c>
       <c r="O12" s="6">
-        <v>2.0</v>
-[...2 lines deleted...]
-        <v>1.0</v>
+        <v>6.0</v>
+      </c>
+      <c r="P12" s="6" t="s">
+        <v>15</v>
       </c>
       <c r="Q12" s="6">
-        <v>1.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="13" spans="1:17">
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Individualus asmuo</t>
           </r>
         </is>
       </c>
       <c r="C13" s="6" t="s">
         <v>15</v>
       </c>
       <c r="D13" s="6" t="s">
         <v>15</v>
       </c>
@@ -1443,499 +1443,499 @@
       <c r="G13" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H13" s="6" t="s">
         <v>15</v>
       </c>
       <c r="I13" s="6" t="s">
         <v>15</v>
       </c>
       <c r="J13" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K13" s="6" t="s">
         <v>15</v>
       </c>
       <c r="L13" s="6" t="s">
         <v>15</v>
       </c>
       <c r="M13" s="6" t="s">
         <v>15</v>
       </c>
       <c r="N13" s="6" t="s">
         <v>15</v>
       </c>
       <c r="O13" s="6">
-        <v>1.0</v>
+        <v>6.0</v>
       </c>
       <c r="P13" s="6" t="s">
         <v>15</v>
       </c>
       <c r="Q13" s="6">
-        <v>1.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="14" spans="1:17">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Literatūra</t>
+            <t xml:space="preserve">Dailė</t>
           </r>
         </is>
       </c>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visi</t>
           </r>
         </is>
       </c>
-      <c r="C14" s="6">
+      <c r="C14" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D14" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F14" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G14" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="H14" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="I14" s="6">
         <v>2.0</v>
       </c>
-      <c r="D14" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E14" s="6">
+      <c r="J14" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="K14" s="6">
         <v>2.0</v>
       </c>
-      <c r="F14" s="6">
-[...16 lines deleted...]
-      </c>
       <c r="L14" s="6" t="s">
         <v>15</v>
       </c>
       <c r="M14" s="6" t="s">
         <v>15</v>
       </c>
       <c r="N14" s="6" t="s">
         <v>15</v>
       </c>
       <c r="O14" s="6">
-        <v>51.0</v>
+        <v>33.0</v>
       </c>
       <c r="P14" s="6">
-        <v>12.0</v>
+        <v>9.0</v>
       </c>
       <c r="Q14" s="6">
-        <v>39.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="15" spans="1:17">
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Individualus asmuo</t>
           </r>
         </is>
       </c>
-      <c r="C15" s="6">
-        <v>2.0</v>
+      <c r="C15" s="6" t="s">
+        <v>15</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="E15" s="6">
-        <v>2.0</v>
+      <c r="E15" s="6" t="s">
+        <v>15</v>
       </c>
       <c r="F15" s="6">
         <v>1.0</v>
       </c>
       <c r="G15" s="6">
         <v>1.0</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>15</v>
       </c>
       <c r="I15" s="6" t="s">
         <v>15</v>
       </c>
       <c r="J15" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>15</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>15</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>15</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>15</v>
       </c>
       <c r="O15" s="6">
-        <v>50.0</v>
+        <v>31.0</v>
       </c>
       <c r="P15" s="6">
-        <v>12.0</v>
+        <v>9.0</v>
       </c>
       <c r="Q15" s="6">
-        <v>38.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="16" spans="1:17">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Muzika</t>
+            <t xml:space="preserve">Filosofija</t>
           </r>
         </is>
       </c>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visi</t>
           </r>
         </is>
       </c>
-      <c r="C16" s="6">
-[...9 lines deleted...]
-        <v>1.0</v>
+      <c r="C16" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D16" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F16" s="6" t="s">
+        <v>15</v>
       </c>
       <c r="G16" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="H16" s="6">
-        <v>1.0</v>
+      <c r="H16" s="6" t="s">
+        <v>15</v>
       </c>
       <c r="I16" s="6" t="s">
         <v>15</v>
       </c>
       <c r="J16" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K16" s="6" t="s">
         <v>15</v>
       </c>
       <c r="L16" s="6" t="s">
         <v>15</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>15</v>
       </c>
       <c r="N16" s="6" t="s">
         <v>15</v>
       </c>
       <c r="O16" s="6">
-        <v>56.0</v>
-[...2 lines deleted...]
-        <v>16.0</v>
+        <v>1.0</v>
+      </c>
+      <c r="P16" s="6" t="s">
+        <v>15</v>
       </c>
       <c r="Q16" s="6">
-        <v>40.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="17" spans="1:17">
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Individualus asmuo</t>
           </r>
         </is>
       </c>
-      <c r="C17" s="6">
-[...9 lines deleted...]
-        <v>1.0</v>
+      <c r="C17" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D17" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F17" s="6" t="s">
+        <v>15</v>
       </c>
       <c r="G17" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="H17" s="6">
-        <v>1.0</v>
+      <c r="H17" s="6" t="s">
+        <v>15</v>
       </c>
       <c r="I17" s="6" t="s">
         <v>15</v>
       </c>
       <c r="J17" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K17" s="6" t="s">
         <v>15</v>
       </c>
       <c r="L17" s="6" t="s">
         <v>15</v>
       </c>
       <c r="M17" s="6" t="s">
         <v>15</v>
       </c>
       <c r="N17" s="6" t="s">
         <v>15</v>
       </c>
       <c r="O17" s="6">
-        <v>56.0</v>
-[...2 lines deleted...]
-        <v>16.0</v>
+        <v>1.0</v>
+      </c>
+      <c r="P17" s="6" t="s">
+        <v>15</v>
       </c>
       <c r="Q17" s="6">
-        <v>40.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="18" spans="1:17">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Skulptūra</t>
+            <t xml:space="preserve">Fotografija</t>
           </r>
         </is>
       </c>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visi</t>
           </r>
         </is>
       </c>
       <c r="C18" s="6" t="s">
         <v>15</v>
       </c>
       <c r="D18" s="6" t="s">
         <v>15</v>
       </c>
       <c r="E18" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="F18" s="6" t="s">
-[...3 lines deleted...]
-        <v>15</v>
+      <c r="F18" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G18" s="6">
+        <v>1.0</v>
       </c>
       <c r="H18" s="6" t="s">
         <v>15</v>
       </c>
       <c r="I18" s="6" t="s">
         <v>15</v>
       </c>
       <c r="J18" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K18" s="6" t="s">
         <v>15</v>
       </c>
       <c r="L18" s="6" t="s">
         <v>15</v>
       </c>
       <c r="M18" s="6" t="s">
         <v>15</v>
       </c>
       <c r="N18" s="6" t="s">
         <v>15</v>
       </c>
       <c r="O18" s="6">
-        <v>13.0</v>
+        <v>12.0</v>
       </c>
       <c r="P18" s="6">
         <v>1.0</v>
       </c>
       <c r="Q18" s="6">
-        <v>12.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="19" spans="1:17">
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Individualus asmuo</t>
           </r>
         </is>
       </c>
       <c r="C19" s="6" t="s">
         <v>15</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>15</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="F19" s="6" t="s">
-[...3 lines deleted...]
-        <v>15</v>
+      <c r="F19" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G19" s="6">
+        <v>1.0</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>15</v>
       </c>
       <c r="I19" s="6" t="s">
         <v>15</v>
       </c>
       <c r="J19" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>15</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>15</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>15</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>15</v>
       </c>
       <c r="O19" s="6">
-        <v>13.0</v>
+        <v>12.0</v>
       </c>
       <c r="P19" s="6">
         <v>1.0</v>
       </c>
       <c r="Q19" s="6">
-        <v>12.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="20" spans="1:17">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Sociologija</t>
+            <t xml:space="preserve">Istorija</t>
           </r>
         </is>
       </c>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visi</t>
           </r>
         </is>
       </c>
       <c r="C20" s="6" t="s">
         <v>15</v>
       </c>
       <c r="D20" s="6" t="s">
         <v>15</v>
       </c>
@@ -1948,57 +1948,57 @@
       <c r="G20" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H20" s="6" t="s">
         <v>15</v>
       </c>
       <c r="I20" s="6" t="s">
         <v>15</v>
       </c>
       <c r="J20" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K20" s="6" t="s">
         <v>15</v>
       </c>
       <c r="L20" s="6" t="s">
         <v>15</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>15</v>
       </c>
       <c r="N20" s="6" t="s">
         <v>15</v>
       </c>
       <c r="O20" s="6">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="P20" s="6" t="s">
         <v>15</v>
       </c>
       <c r="Q20" s="6">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="21" spans="1:17">
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Individualus asmuo</t>
           </r>
         </is>
       </c>
       <c r="C21" s="6" t="s">
         <v>15</v>
       </c>
       <c r="D21" s="6" t="s">
         <v>15</v>
       </c>
@@ -2011,783 +2011,783 @@
       <c r="G21" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H21" s="6" t="s">
         <v>15</v>
       </c>
       <c r="I21" s="6" t="s">
         <v>15</v>
       </c>
       <c r="J21" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K21" s="6" t="s">
         <v>15</v>
       </c>
       <c r="L21" s="6" t="s">
         <v>15</v>
       </c>
       <c r="M21" s="6" t="s">
         <v>15</v>
       </c>
       <c r="N21" s="6" t="s">
         <v>15</v>
       </c>
       <c r="O21" s="6">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="P21" s="6" t="s">
         <v>15</v>
       </c>
       <c r="Q21" s="6">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="22" spans="1:17">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Šokis</t>
+            <t xml:space="preserve">Kinas ir videomenas</t>
           </r>
         </is>
       </c>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visi</t>
           </r>
         </is>
       </c>
-      <c r="C22" s="6" t="s">
-[...3 lines deleted...]
-        <v>15</v>
+      <c r="C22" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="D22" s="6">
+        <v>1.0</v>
       </c>
       <c r="E22" s="6" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G22" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H22" s="6" t="s">
         <v>15</v>
       </c>
       <c r="I22" s="6">
         <v>1.0</v>
       </c>
       <c r="J22" s="6">
         <v>1.0</v>
       </c>
       <c r="K22" s="6" t="s">
         <v>15</v>
       </c>
       <c r="L22" s="6" t="s">
         <v>15</v>
       </c>
       <c r="M22" s="6" t="s">
         <v>15</v>
       </c>
       <c r="N22" s="6" t="s">
         <v>15</v>
       </c>
       <c r="O22" s="6">
-        <v>2.0</v>
+        <v>17.0</v>
       </c>
       <c r="P22" s="6">
-        <v>2.0</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>3.0</v>
+      </c>
+      <c r="Q22" s="6">
+        <v>14.0</v>
       </c>
     </row>
     <row r="23" spans="1:17">
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Individualus asmuo</t>
           </r>
         </is>
       </c>
-      <c r="C23" s="6" t="s">
-[...3 lines deleted...]
-        <v>15</v>
+      <c r="C23" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="D23" s="6">
+        <v>1.0</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>15</v>
       </c>
       <c r="I23" s="6" t="s">
         <v>15</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>15</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>15</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>15</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>15</v>
       </c>
       <c r="O23" s="6">
-        <v>1.0</v>
+        <v>16.0</v>
       </c>
       <c r="P23" s="6">
-        <v>1.0</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>2.0</v>
+      </c>
+      <c r="Q23" s="6">
+        <v>14.0</v>
       </c>
     </row>
     <row r="24" spans="1:17">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Tarpdisciplininis menas</t>
+            <t xml:space="preserve">Kita</t>
           </r>
         </is>
       </c>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visi</t>
           </r>
         </is>
       </c>
       <c r="C24" s="6" t="s">
         <v>15</v>
       </c>
       <c r="D24" s="6" t="s">
         <v>15</v>
       </c>
       <c r="E24" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="F24" s="6">
-[...3 lines deleted...]
-        <v>1.0</v>
+      <c r="F24" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G24" s="6" t="s">
+        <v>15</v>
       </c>
       <c r="H24" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="I24" s="6" t="s">
-[...3 lines deleted...]
-        <v>15</v>
+      <c r="I24" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="J24" s="6">
+        <v>1.0</v>
       </c>
       <c r="K24" s="6" t="s">
         <v>15</v>
       </c>
       <c r="L24" s="6" t="s">
         <v>15</v>
       </c>
       <c r="M24" s="6" t="s">
         <v>15</v>
       </c>
       <c r="N24" s="6" t="s">
         <v>15</v>
       </c>
       <c r="O24" s="6">
-        <v>6.0</v>
+        <v>2.0</v>
       </c>
       <c r="P24" s="6">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="Q24" s="6">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="25" spans="1:17">
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Individualus asmuo</t>
           </r>
         </is>
       </c>
       <c r="C25" s="6" t="s">
         <v>15</v>
       </c>
       <c r="D25" s="6" t="s">
         <v>15</v>
       </c>
       <c r="E25" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="F25" s="6">
-[...3 lines deleted...]
-        <v>1.0</v>
+      <c r="F25" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G25" s="6" t="s">
+        <v>15</v>
       </c>
       <c r="H25" s="6" t="s">
         <v>15</v>
       </c>
       <c r="I25" s="6" t="s">
         <v>15</v>
       </c>
       <c r="J25" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K25" s="6" t="s">
         <v>15</v>
       </c>
       <c r="L25" s="6" t="s">
         <v>15</v>
       </c>
       <c r="M25" s="6" t="s">
         <v>15</v>
       </c>
       <c r="N25" s="6" t="s">
         <v>15</v>
       </c>
       <c r="O25" s="6">
-        <v>6.0</v>
-[...2 lines deleted...]
-        <v>2.0</v>
+        <v>1.0</v>
+      </c>
+      <c r="P25" s="6" t="s">
+        <v>15</v>
       </c>
       <c r="Q25" s="6">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="26" spans="1:17">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Teatras</t>
+            <t xml:space="preserve">Literatūra</t>
           </r>
         </is>
       </c>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visi</t>
           </r>
         </is>
       </c>
-      <c r="C26" s="6" t="s">
-        <v>15</v>
+      <c r="C26" s="6">
+        <v>2.0</v>
       </c>
       <c r="D26" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="E26" s="6" t="s">
-        <v>15</v>
+      <c r="E26" s="6">
+        <v>2.0</v>
       </c>
       <c r="F26" s="6">
         <v>1.0</v>
       </c>
       <c r="G26" s="6">
         <v>1.0</v>
       </c>
       <c r="H26" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="I26" s="6" t="s">
-        <v>15</v>
+      <c r="I26" s="6">
+        <v>1.0</v>
       </c>
       <c r="J26" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="K26" s="6" t="s">
-        <v>15</v>
+      <c r="K26" s="6">
+        <v>1.0</v>
       </c>
       <c r="L26" s="6" t="s">
         <v>15</v>
       </c>
       <c r="M26" s="6" t="s">
         <v>15</v>
       </c>
       <c r="N26" s="6" t="s">
         <v>15</v>
       </c>
       <c r="O26" s="6">
-        <v>28.0</v>
+        <v>51.0</v>
       </c>
       <c r="P26" s="6">
-        <v>7.0</v>
+        <v>12.0</v>
       </c>
       <c r="Q26" s="6">
-        <v>21.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="27" spans="1:17">
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Individualus asmuo</t>
           </r>
         </is>
       </c>
-      <c r="C27" s="6" t="s">
-        <v>15</v>
+      <c r="C27" s="6">
+        <v>2.0</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="E27" s="6" t="s">
-        <v>15</v>
+      <c r="E27" s="6">
+        <v>2.0</v>
       </c>
       <c r="F27" s="6">
         <v>1.0</v>
       </c>
       <c r="G27" s="6">
         <v>1.0</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>15</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>15</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>15</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>15</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>15</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>15</v>
       </c>
       <c r="O27" s="6">
-        <v>28.0</v>
+        <v>50.0</v>
       </c>
       <c r="P27" s="6">
-        <v>7.0</v>
+        <v>12.0</v>
       </c>
       <c r="Q27" s="6">
-        <v>21.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="28" spans="1:17">
       <c r="A28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Teologija</t>
+            <t xml:space="preserve">Muzika</t>
           </r>
         </is>
       </c>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visi</t>
           </r>
         </is>
       </c>
-      <c r="C28" s="6" t="s">
-[...9 lines deleted...]
-        <v>15</v>
+      <c r="C28" s="6">
+        <v>2.0</v>
+      </c>
+      <c r="D28" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="E28" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="F28" s="6">
+        <v>1.0</v>
       </c>
       <c r="G28" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="H28" s="6" t="s">
-        <v>15</v>
+      <c r="H28" s="6">
+        <v>1.0</v>
       </c>
       <c r="I28" s="6" t="s">
         <v>15</v>
       </c>
       <c r="J28" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K28" s="6" t="s">
         <v>15</v>
       </c>
       <c r="L28" s="6" t="s">
         <v>15</v>
       </c>
       <c r="M28" s="6" t="s">
         <v>15</v>
       </c>
       <c r="N28" s="6" t="s">
         <v>15</v>
       </c>
       <c r="O28" s="6">
-        <v>1.0</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>56.0</v>
+      </c>
+      <c r="P28" s="6">
+        <v>16.0</v>
       </c>
       <c r="Q28" s="6">
-        <v>1.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="29" spans="1:17">
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Individualus asmuo</t>
           </r>
         </is>
       </c>
-      <c r="C29" s="6" t="s">
-[...9 lines deleted...]
-        <v>15</v>
+      <c r="C29" s="6">
+        <v>2.0</v>
+      </c>
+      <c r="D29" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="E29" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="F29" s="6">
+        <v>1.0</v>
       </c>
       <c r="G29" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="H29" s="6" t="s">
-        <v>15</v>
+      <c r="H29" s="6">
+        <v>1.0</v>
       </c>
       <c r="I29" s="6" t="s">
         <v>15</v>
       </c>
       <c r="J29" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K29" s="6" t="s">
         <v>15</v>
       </c>
       <c r="L29" s="6" t="s">
         <v>15</v>
       </c>
       <c r="M29" s="6" t="s">
         <v>15</v>
       </c>
       <c r="N29" s="6" t="s">
         <v>15</v>
       </c>
       <c r="O29" s="6">
-        <v>1.0</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>56.0</v>
+      </c>
+      <c r="P29" s="6">
+        <v>16.0</v>
       </c>
       <c r="Q29" s="6">
-        <v>1.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="30" spans="1:17">
       <c r="A30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Antropologija</t>
+            <t xml:space="preserve">Skulptūra</t>
           </r>
         </is>
       </c>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visi</t>
           </r>
         </is>
       </c>
-      <c r="C30" s="6">
-        <v>1.0</v>
+      <c r="C30" s="6" t="s">
+        <v>15</v>
       </c>
       <c r="D30" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="E30" s="6">
-        <v>1.0</v>
+      <c r="E30" s="6" t="s">
+        <v>15</v>
       </c>
       <c r="F30" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G30" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H30" s="6" t="s">
         <v>15</v>
       </c>
       <c r="I30" s="6" t="s">
         <v>15</v>
       </c>
       <c r="J30" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K30" s="6" t="s">
         <v>15</v>
       </c>
       <c r="L30" s="6" t="s">
         <v>15</v>
       </c>
       <c r="M30" s="6" t="s">
         <v>15</v>
       </c>
       <c r="N30" s="6" t="s">
         <v>15</v>
       </c>
       <c r="O30" s="6">
-        <v>1.0</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>13.0</v>
+      </c>
+      <c r="P30" s="6">
+        <v>1.0</v>
       </c>
       <c r="Q30" s="6">
-        <v>1.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="31" spans="1:17">
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Individualus asmuo</t>
           </r>
         </is>
       </c>
-      <c r="C31" s="6">
-        <v>1.0</v>
+      <c r="C31" s="6" t="s">
+        <v>15</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="E31" s="6">
-        <v>1.0</v>
+      <c r="E31" s="6" t="s">
+        <v>15</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>15</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>15</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>15</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>15</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>15</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>15</v>
       </c>
       <c r="O31" s="6">
-        <v>1.0</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>13.0</v>
+      </c>
+      <c r="P31" s="6">
+        <v>1.0</v>
       </c>
       <c r="Q31" s="6">
-        <v>1.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="32" spans="1:17">
       <c r="A32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Architektūra</t>
+            <t xml:space="preserve">Sociologija</t>
           </r>
         </is>
       </c>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visi</t>
           </r>
         </is>
       </c>
       <c r="C32" s="6" t="s">
         <v>15</v>
       </c>
       <c r="D32" s="6" t="s">
         <v>15</v>
       </c>
@@ -2800,57 +2800,57 @@
       <c r="G32" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H32" s="6" t="s">
         <v>15</v>
       </c>
       <c r="I32" s="6" t="s">
         <v>15</v>
       </c>
       <c r="J32" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K32" s="6" t="s">
         <v>15</v>
       </c>
       <c r="L32" s="6" t="s">
         <v>15</v>
       </c>
       <c r="M32" s="6" t="s">
         <v>15</v>
       </c>
       <c r="N32" s="6" t="s">
         <v>15</v>
       </c>
       <c r="O32" s="6">
-        <v>6.0</v>
+        <v>1.0</v>
       </c>
       <c r="P32" s="6" t="s">
         <v>15</v>
       </c>
       <c r="Q32" s="6">
-        <v>6.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="33" spans="1:17">
       <c r="B33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Individualus asmuo</t>
           </r>
         </is>
       </c>
       <c r="C33" s="6" t="s">
         <v>15</v>
       </c>
       <c r="D33" s="6" t="s">
         <v>15</v>
       </c>
@@ -2863,357 +2863,357 @@
       <c r="G33" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H33" s="6" t="s">
         <v>15</v>
       </c>
       <c r="I33" s="6" t="s">
         <v>15</v>
       </c>
       <c r="J33" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K33" s="6" t="s">
         <v>15</v>
       </c>
       <c r="L33" s="6" t="s">
         <v>15</v>
       </c>
       <c r="M33" s="6" t="s">
         <v>15</v>
       </c>
       <c r="N33" s="6" t="s">
         <v>15</v>
       </c>
       <c r="O33" s="6">
-        <v>6.0</v>
+        <v>1.0</v>
       </c>
       <c r="P33" s="6" t="s">
         <v>15</v>
       </c>
       <c r="Q33" s="6">
-        <v>6.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="34" spans="1:17">
       <c r="A34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Dailė</t>
+            <t xml:space="preserve">Šokis</t>
           </r>
         </is>
       </c>
       <c r="B34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visi</t>
           </r>
         </is>
       </c>
       <c r="C34" s="6" t="s">
         <v>15</v>
       </c>
       <c r="D34" s="6" t="s">
         <v>15</v>
       </c>
       <c r="E34" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="F34" s="6">
-[...3 lines deleted...]
-        <v>1.0</v>
+      <c r="F34" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G34" s="6" t="s">
+        <v>15</v>
       </c>
       <c r="H34" s="6" t="s">
         <v>15</v>
       </c>
       <c r="I34" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="J34" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="K34" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="L34" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="M34" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="N34" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="O34" s="6">
         <v>2.0</v>
       </c>
-      <c r="J34" s="6" t="s">
-[...2 lines deleted...]
-      <c r="K34" s="6">
+      <c r="P34" s="6">
         <v>2.0</v>
       </c>
-      <c r="L34" s="6" t="s">
-[...15 lines deleted...]
-        <v>24.0</v>
+      <c r="Q34" s="6" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="35" spans="1:17">
       <c r="B35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Individualus asmuo</t>
           </r>
         </is>
       </c>
       <c r="C35" s="6" t="s">
         <v>15</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>15</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="F35" s="6">
-[...3 lines deleted...]
-        <v>1.0</v>
+      <c r="F35" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G35" s="6" t="s">
+        <v>15</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>15</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>15</v>
       </c>
       <c r="J35" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>15</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>15</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>15</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>15</v>
       </c>
       <c r="O35" s="6">
-        <v>31.0</v>
+        <v>1.0</v>
       </c>
       <c r="P35" s="6">
-        <v>9.0</v>
-[...2 lines deleted...]
-        <v>22.0</v>
+        <v>1.0</v>
+      </c>
+      <c r="Q35" s="6" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="36" spans="1:17">
       <c r="A36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Filosofija</t>
+            <t xml:space="preserve">Tarpdisciplininis menas</t>
           </r>
         </is>
       </c>
       <c r="B36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visi</t>
           </r>
         </is>
       </c>
       <c r="C36" s="6" t="s">
         <v>15</v>
       </c>
       <c r="D36" s="6" t="s">
         <v>15</v>
       </c>
       <c r="E36" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="F36" s="6" t="s">
-[...3 lines deleted...]
-        <v>15</v>
+      <c r="F36" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G36" s="6">
+        <v>1.0</v>
       </c>
       <c r="H36" s="6" t="s">
         <v>15</v>
       </c>
       <c r="I36" s="6" t="s">
         <v>15</v>
       </c>
       <c r="J36" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K36" s="6" t="s">
         <v>15</v>
       </c>
       <c r="L36" s="6" t="s">
         <v>15</v>
       </c>
       <c r="M36" s="6" t="s">
         <v>15</v>
       </c>
       <c r="N36" s="6" t="s">
         <v>15</v>
       </c>
       <c r="O36" s="6">
-        <v>1.0</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>6.0</v>
+      </c>
+      <c r="P36" s="6">
+        <v>2.0</v>
       </c>
       <c r="Q36" s="6">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="37" spans="1:17">
       <c r="B37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Individualus asmuo</t>
           </r>
         </is>
       </c>
       <c r="C37" s="6" t="s">
         <v>15</v>
       </c>
       <c r="D37" s="6" t="s">
         <v>15</v>
       </c>
       <c r="E37" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="F37" s="6" t="s">
-[...3 lines deleted...]
-        <v>15</v>
+      <c r="F37" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="G37" s="6">
+        <v>1.0</v>
       </c>
       <c r="H37" s="6" t="s">
         <v>15</v>
       </c>
       <c r="I37" s="6" t="s">
         <v>15</v>
       </c>
       <c r="J37" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K37" s="6" t="s">
         <v>15</v>
       </c>
       <c r="L37" s="6" t="s">
         <v>15</v>
       </c>
       <c r="M37" s="6" t="s">
         <v>15</v>
       </c>
       <c r="N37" s="6" t="s">
         <v>15</v>
       </c>
       <c r="O37" s="6">
-        <v>1.0</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>6.0</v>
+      </c>
+      <c r="P37" s="6">
+        <v>2.0</v>
       </c>
       <c r="Q37" s="6">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="38" spans="1:17">
       <c r="A38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Fotografija</t>
+            <t xml:space="preserve">Teatras</t>
           </r>
         </is>
       </c>
       <c r="B38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visi</t>
           </r>
         </is>
       </c>
       <c r="C38" s="6" t="s">
         <v>15</v>
       </c>
       <c r="D38" s="6" t="s">
         <v>15</v>
       </c>
@@ -3226,57 +3226,57 @@
       <c r="G38" s="6">
         <v>1.0</v>
       </c>
       <c r="H38" s="6" t="s">
         <v>15</v>
       </c>
       <c r="I38" s="6" t="s">
         <v>15</v>
       </c>
       <c r="J38" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K38" s="6" t="s">
         <v>15</v>
       </c>
       <c r="L38" s="6" t="s">
         <v>15</v>
       </c>
       <c r="M38" s="6" t="s">
         <v>15</v>
       </c>
       <c r="N38" s="6" t="s">
         <v>15</v>
       </c>
       <c r="O38" s="6">
-        <v>12.0</v>
+        <v>28.0</v>
       </c>
       <c r="P38" s="6">
-        <v>1.0</v>
+        <v>7.0</v>
       </c>
       <c r="Q38" s="6">
-        <v>11.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="39" spans="1:17">
       <c r="B39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Individualus asmuo</t>
           </r>
         </is>
       </c>
       <c r="C39" s="6" t="s">
         <v>15</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>15</v>
       </c>
@@ -3289,73 +3289,73 @@
       <c r="G39" s="6">
         <v>1.0</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>15</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>15</v>
       </c>
       <c r="J39" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>15</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>15</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>15</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>15</v>
       </c>
       <c r="O39" s="6">
-        <v>12.0</v>
+        <v>28.0</v>
       </c>
       <c r="P39" s="6">
-        <v>1.0</v>
+        <v>7.0</v>
       </c>
       <c r="Q39" s="6">
-        <v>11.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="40" spans="1:17">
       <c r="A40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Istorija</t>
+            <t xml:space="preserve">Teologija</t>
           </r>
         </is>
       </c>
       <c r="B40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visi</t>
           </r>
         </is>
       </c>
       <c r="C40" s="6" t="s">
         <v>15</v>
       </c>
       <c r="D40" s="6" t="s">
         <v>15</v>
       </c>
@@ -3368,57 +3368,57 @@
       <c r="G40" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H40" s="6" t="s">
         <v>15</v>
       </c>
       <c r="I40" s="6" t="s">
         <v>15</v>
       </c>
       <c r="J40" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K40" s="6" t="s">
         <v>15</v>
       </c>
       <c r="L40" s="6" t="s">
         <v>15</v>
       </c>
       <c r="M40" s="6" t="s">
         <v>15</v>
       </c>
       <c r="N40" s="6" t="s">
         <v>15</v>
       </c>
       <c r="O40" s="6">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="P40" s="6" t="s">
         <v>15</v>
       </c>
       <c r="Q40" s="6">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="41" spans="1:17">
       <c r="B41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Individualus asmuo</t>
           </r>
         </is>
       </c>
       <c r="C41" s="6" t="s">
         <v>15</v>
       </c>
       <c r="D41" s="6" t="s">
         <v>15</v>
       </c>
@@ -3431,57 +3431,57 @@
       <c r="G41" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H41" s="6" t="s">
         <v>15</v>
       </c>
       <c r="I41" s="6" t="s">
         <v>15</v>
       </c>
       <c r="J41" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K41" s="6" t="s">
         <v>15</v>
       </c>
       <c r="L41" s="6" t="s">
         <v>15</v>
       </c>
       <c r="M41" s="6" t="s">
         <v>15</v>
       </c>
       <c r="N41" s="6" t="s">
         <v>15</v>
       </c>
       <c r="O41" s="6">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="P41" s="6" t="s">
         <v>15</v>
       </c>
       <c r="Q41" s="6">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="42" spans="1:17">
       <c r="A42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visos</t>
           </r>
         </is>
       </c>
       <c r="B42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>